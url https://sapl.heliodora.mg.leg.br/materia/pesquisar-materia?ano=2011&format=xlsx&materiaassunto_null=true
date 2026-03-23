--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -54,399 +54,399 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Ercílio Confort Lorena</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 3º E 181 DA LEI COMPLEMENTAR N.º 14, DE 23 DE DEZEMBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 55 DA LEI Nº 842/1993 E REVOGA A LEI Nº 1556/2010.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>INSTITUI REGIÃO DE EXPANSÃO URBANA DENOMINADA DE SOBRALADA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE HELIODORA/MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS - S/A BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012 DO MUNICÍPIO DE HELIODORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO, A TÍTULO DE INDENIZAÇÃO, AO SR. DALTON LOURIMER, PELOS DANOS CAUSADOS EM VEÍCULO.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO GESTOR DO TELECENTRO COMUNITÁRIO DE HELIODORA/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE HELIODORA A RECEBER EM DOAÇÃO ÁREAS DE IMÓVEL URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS E COMPETÊNCIAS DE PREVENÇÃO À PROLIFERAÇÃO DE VETORES TRANSMISSORES DA DENGUE, FEBRE, FEBRE AMARELA E OUTRAS DOENÇAS TRANSMITIDAS POR VETORES NO ÂMBITO DO MUNICÍPIO DE HELIODORA/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE HELIODORA A RECEBER EM DOAÇÃO PARTE IDEAL DE IMÓVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1°, PARÁGRAFO ÚNICO E INCISO II, DA LEI MUNICIPAL Nº 1259 DE 20 DE ABRIL DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1°, PARÁGRAFO ÚNICO E INCISO II, DA LEI MUNICIPAL Nº 1260 DE 20 DE ABRIL DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE HELIODORA A CRIAR CARGOS PARA CONTRATAÇÃO POR PRAZO DETERMINADO NÃO EXISTENTES NA LEI 834 DE 09 DE JULHO DE 1993 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE HELIODORA/MG PARA O EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADEQUAÇÃO DE VALORES DO PPA DE ACORDO COM A PROPOSTA ORÇAMENTÁRIA 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DECLARAÇÃO DE UTILIDADE PÚBLICA NO MUNICÍPIO DE HELIODORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 1.589, DE 28 DE JUNHO DE 2011, QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2012. </t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO SALARIAL AOS PROFESSORES EM EFETIVO EXERCÍCIO E AOS OCUPANTES DE CARGOS ADMINISTRATIVOS JUNTO AO ENSINO REGULAR PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL CRIAR VAGAS PARA CARGO DE AGENTE ADMINISTRATIVO II, NÍVEL 9, NA ESTRUTURA DO QUADRO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE HELIODORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei (Vereador)</t>
   </si>
   <si>
     <t>Airton de Souza Paiva</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRAZO PARA RESPOSTAS DOS REQUERIMENTOS PROTOCOLADOS NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA, CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>André Luiz Honorato, José Ibiracy Nunes, Suzi Aparecida Filipini Santos</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Suzi Aparecida Filipini Santos, André Luiz Honorato, Valdir Bueno de Souza</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 36, DA RESOLUÇÃO Nº 002/2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO XXXVIII, DO ART. 10 DA LEI ORGÂNICA DO MUNICÍPIO DE HELIODORA.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO INFORMAÇÕES SOBRE OS GASTOS NA REFORMA DO PRONTO ATENDIMENTO (HOSPITAL), CÓPIA DO PROCESSO DE LICITAÇÃO PARA AQUISIÇÃO DO MATERIAL DE CONSTRUÇÃO, CÓPIA DE EMPENHOS PAGOS E NOTAS FISCAIS, DE TODO MATERIAL COMPRADO PARA SER UTILIZADO NESTA REFORMA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -753,68 +753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>