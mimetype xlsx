--- v0 (2025-11-05)
+++ v1 (2026-03-22)
@@ -54,853 +54,853 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aldo Aparecido Leite</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REVISÃO DO TRANSPORTE ESCOLAR RURAL, PARA QUE O MESMO VOLTE A ACONTECER EM PERÍODO MATUTINO E VESPERTINO.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo Eduardo Silva Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO PROVIDENCIE A REVITALIZAÇÃO E ILUMINAÇÃO DO SANTO CRUZEIRO.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO PROVIDENCIE A REVITALIZAÇÃO E ILUMINAÇÃO DO CAMPO DE FUTEBOL DA PRAÇA DE ESPORTES JOSÉ DAMASCENO FERREIRA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO PROVIDENCIE A REFORMA DO SALÃO DE FESTAS DA PRAÇA DE ESPORTES JOSÉ DAMASCENO FERREIRA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PROVIDENCIA DE UM ÔNIBUS EXCLUSIVO PARA A SETELC.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DAS ESTRADAS RURAIS E VICINAIS DO MUNICÍPIO DE HELIODORA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA SALA DE PROFESSORES E TAMBÉM DE SANITÁRIOS PARA OS MESMOS NA ESCOLA MUNICIPAL BÁRBARA HELIODORA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE QUEBRA-MOLAS NO TRECHO DA ESTRADA DO BAIRRO VISTA VERDE ATÉ A ENTRADA DA CIDADE DE HELIODORA.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>José Aluízio de Souza</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE VIABILIZE A DESTINAÇÃO DE TRANSPORTE PARA ALUNOS E DEMAIS PESSOAS DA COMUNIDADE QUE ESTUDAM EM POUSO ALEGRE AOS SÁBADOS.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Roberto Luiz dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUERER A VIABILIZAÇÃO DE ATENDIMENTO MÉDICO JUNTO AOS BAIRROS RURAIS A CADA 15 DIAS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA NOVA PONTE NA ESTRADA QUE DÁ ACESSO AO BAIRRO DA ROCINHA - PRÓXIMO A CHOUPANA.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE VIABILIZE O ATENDIMENTO DE UM MÉDICO CARDIOLOGISTA PARA ATENDIMENTO JUNTO AO AMBULATÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Marco Antônio Eleutério</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PASSAGEM DE VEÍCULOS NO TRECHO DA RUA VIDAL BARBOSA COMPREENDIDO ENTRE A PRAÇA SANTA ISABEL E PRAÇA VICENTE LOPES SIQUEIRA SEJA MANTIDA.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO A PROPRIETÁRIO DE LOTES ONDE HÁ INFRAESTRUTURA PARA QUE SEJA FEITA A CALÇADA (PASSEIO).</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Marcos Paulo Mateos Rita</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR PREFEITO QUE ANALISE A POSSIBILIDADA DE DESTINAR UM VEÍCULO PARA O ASILO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE EM UM TERRENO QUE PERTENCE AO MUNICÍPIO, LOCALIZADO NA RUA FERNANDO JOSÉ RIBEIRO.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REVISÃO DO PROJETO DE REVITALIZAÇÃO DA PRAÇA VICENTE LOPES SIQUEIRA PARA QUE SEJA FECHADA A PASSAGEM DA RUA VIDAL BARBOSA.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SINALIZAÇÃO PARA PEDESTRES NO ENTORNO DA PRAÇA SANTA ISABEL, AVENIDA TIRADENTES E ALVARENGA PEIXOTO.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAR MELHORIAS JUNTO À QUADRA DA ESCOLA MUNICIPAL DO BAIRRO SOBRALADA.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM ÔNIBUS MAIOR PARA O TRANSPORTE DE ALUNOS DO BAIRRO BREJÃOZINHO.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM POÇO ARTESIANO NO BAIRRO BREJÃOZINHO AFIM DE AMENIZAR O PROBLEMA CAUSADO PELA FALTA DE ÁGUA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA COBERTURA NA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL AMADOR TOMAZ DE OLIVEIRA NO BAIRRO SOBRALADA.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DE UMA REUNIÃO COM OS RESPONSÁVEIS PELA CEMIG NO MUNICÍPIO DE HELIODORA PARA UMA REUNIÃO JUNTAMENTE COM O PODER LEGISLATIVO, AFIM DE RESOLVER A FREQUENTE QUEDA DE ENERGIA ELÉTRICA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE BOLSA DE ESTUDOS PARA OS PROFESSORES, DA REDE MUNICIPAL, CURSISTA DO PNAIC (PACTO NACIONAL PELA ALFABETIZAÇÃO NA IDADE CERTA).</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE VIABILIZE A CONSTRUÇÃO DE UM ESPAÇO DE USO COMUM NO TERRENO PERTENCENTE AO MUNICÍPIO LOCALIZADO NA RUA JOSÉ VIEIRA DE SOUZA EM FRENTE O INICIO DA RUA FERNANDO JOSÉ RIBEIRO.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A ATUALIZAÇÃO E MANUTENÇÃO DO PORTAL DE BOAS VINDAS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Regis Marcelus Nunes, Paulo Eduardo Silva Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA E REVITALIZAÇÃO DO CRUZEIRO DA CIDADE DE HELIODORA</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ HONORÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Regis Marcelus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADÃ HONORÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alex Leopoldino de Lima</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI COMPLEMENTAR Nº 022/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME REMUNERATÓRIO APLICÁVEL AOS AUXILIARES DE SAÚDE EFETIVOS E CONTRATADOS TEMPORARIAMENTE E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 DO MUNICÍPIO DE HELIODORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DOS VENCIMENTOS BASE DOS SERVIDORES PÚBLICOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/595/595_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DE ENTRADA FRANCA EM EVENTOS CULTURAIS À PESSOA COM DEFICIÊNCIA NO MUNICÍPIO DE HELIODORA E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 022/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTA O PROGRAMA DE TRATAMENTO FORA DO DOMICILIO PRIORITÁRIO (TFD PRIORITÁRIO) NO MUNICÍPIO DE HELIODORA E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO MENSAL PARA OS MEMBROS ATIVOS DAS COMISSÕES DE LICITAÇÕES E PREGOEIROS DO PODER EXECUTIVO E LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE HELIODORA-MG, PARA O EXERCÍCIO DE 2019</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DE VALORES DO PPA DE ACORDO COM A PROPOSTA ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 1848/2017 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA SACOLA CHEIA NO MUNICÍPIO DE HELIODORA E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI PREMIAÇÃO PARA ALUNOS E PROFESSORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE CONSCIENTIZAÇÃO CONTRA A EXPLORAÇÃO INFANTIL E COMBATE AOS CRIMES DE INTERNET NAS ESCOLAS DA REDE MUNICIPAL DE HELIODORA - MG</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CALÇADÃO QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AOS ESPAÇOS PÚBLICOS E PRÉDIOS QUE ESPECIFICA LOCALIZADOS JUNTOS A PRAÇA DE ESPORTES JOSÉ DAMASCENO FERREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ÀS RUAS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mateus Jose Beraldo, Regis Marcelus Nunes, Roberto Luiz dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>Francy Damasceno Magalhães, Paulo Eduardo Silva Fernandes, Regis Marcelus Nunes, Roberto Luiz dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1207,68 +1207,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="95.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="224.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>