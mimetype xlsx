--- v0 (2025-12-21)
+++ v1 (2026-03-23)
@@ -54,789 +54,789 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Eduardo Silva Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_01.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Indicação a fim de providenciar o nivelamento do calçamento da Rua Oliveira Lopes.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Aldo Aparecido Leite</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_02.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Afim de que possa fazer a manutenção das estrada rurais do nosso município, bem como fazer a manutenção de limpeza, cascalhamento e serviço de maquinário.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Roberto Luiz dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_03.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_03.pdf</t>
   </si>
   <si>
     <t>No sentido de viabilizar construção de novas pontes junto a estrada municipal de acesso ao bairro do Ribeirão Vermelho - Prainha e na Estrada Municipal que dá acesso a Cachoeira do Altair.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Afim de providenciar a revitalização da iluminação do campo de futebol da Praça de Esportes José Damasceno Ferreira".</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_05.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_05.pdf</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marco Antônio Eleutério</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_06.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_06.pdf</t>
   </si>
   <si>
     <t>No sentido de implantar cobertura junto a portaria e estacionamento da UBS 24 horas, bem como a realização de reformas junto ao referido prédio.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_7_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_7_de_2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentissimo Sr Prefeito afim de que possa fazer a manutenção e reparo nas ruas do Bairro Primavera, bem como nas demais ruas da cidade.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_8_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_8_de_2019.pdf</t>
   </si>
   <si>
     <t>Que realize a limpeza do córrego que fica entre a Praça de Esportes e o Bairro Vista Verde</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Francy Damasceno Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_9_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_9_de_2019.pdf</t>
   </si>
   <si>
     <t>A fim de providenciar a viabilização da recuperação da ponte junto ao rio Santa Izabel no Bairro do Areado.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/indicacao_10.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/indicacao_10.pdf</t>
   </si>
   <si>
     <t>Indicação nº 10 de 14 de novembro de 2019</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_11.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Indicação do vereador Marco Antônio Eleutério nº 11 de 14 de novembro de 2019</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Indicação ao Sr Prefeito Municipal, afim de providenciar o nivelamento do calcamento da Rua Oliveira Lopes. Esta indicação foi protocolada na secretaria no dia 28 de fevereiro de 2019.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/698/mocao_01.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/698/mocao_01.pdf</t>
   </si>
   <si>
     <t>Moção de preocupação com a pretendida Privatização da Empresa Brasileira de Correiros ECT</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>José Aluízio de Souza</t>
   </si>
   <si>
     <t>Moção de Aplausos e Reconhecimento nº 01/2019 _x000D_
 Autor: Vereador José Aluízio de Souza._x000D_
 Pelos 65 anos de relevantes serviços prestados pelo Bar e Padaria Central na pessoa de Sra Tereza Gonçalves de Souza e filhos.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Solicitando informação referente a INDICAÇÃO do Vereador Marco Antônio Eleutério._x000D_
 Protocolado na Secretaria da Câmara Municipal de Heliodora em 24/04/2019.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Regis Marcelus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/706/projeto_de_decreto_legislativo_no_1_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/706/projeto_de_decreto_legislativo_no_1_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 01 de autoria do Vereador Regis Marcelus Nunes "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sr. Pedro Mário Luiz Navarro.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/707/projeto_de_decreto_legislativo_no_2_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/707/projeto_de_decreto_legislativo_no_2_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 02 de autoria do Vereador Roberto Luiz dos Reis "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sr. José Francisco Junho.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_decreto_legislativo_no_3_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_decreto_legislativo_no_3_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 03 de autoria do Vereador Roberto Luiz dos Reis "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sr. Erly Vieira Martins.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_decreto_legislativo_no_4_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_decreto_legislativo_no_4_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 04 de autoria do Vereador José Aluízio de Souza "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sr. Murilo Staut Risso.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_decreto_legislativo_no_5_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_decreto_legislativo_no_5_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 05 de autoria do Vereador Marco Antônio Eleutério "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sr. Douglas Soares Aguiar.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>Marcos Paulo Mateos Rita</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/711/pdl_6_-_2019_-_projeto_de_decreto_legislativo.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/711/pdl_6_-_2019_-_projeto_de_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 06 de autoria do Vereador Marcos Paulo Mateos Rita "CONCEDE TÍTULO DE CIDADÃO HONORÁRIO" ao Sra. Maria Helena Duarte.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de título de cidadã honorária, e dá outras providências."</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alex Leopoldino de Lima</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/643/643_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI COMPLEMENTAR N°022/2019 E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISCIPLINA O USO DE BENS MUNICIPAIS POR TERCEIROS NO MUNICÍPIO DE HELIODORA, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_24.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_24.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 22/2017 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_ordinaria_no_1_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_ordinaria_no_1_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/638/638_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. DA LEI MUNICIPAL Nº 1.709/2014 E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/639/639_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CESSÃO DE USO DE IMÓVEL PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/640/640_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CESSÃO DE USO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl06.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl06.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/641/641_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/642/642_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ESPECIAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/645/645_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVALIDA O PRAZO DE ADESÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL-REFIS, LEI MUNICIPAL Nº 1.872 DE 14 DE DEZEMBRO DE 2017, QUE INCREMENTA A COBRANÇA DE CRÉDITOS INSCRITOS EM DÍVIDA ATIVA DO MUNICÍPIO DE HELIODORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALÍQUOTAS DE CONTRIBUIÇÃO PROVIDENCIARIA DEVIDAS PELO MUNICÍPIO AO REGIME PRÓPRIO DE PROVIDENCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL. E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2020 DO MUNICÍPIO DE HELIODORA E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REAJUSTE DOS VENCIMENTOS BASE DOS SERVIDORES PÚBLICOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_de_lei_ordinaria_no_19_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_de_lei_ordinaria_no_19_de_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PISO SALARIAL PROFISSIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÁS ENDEMIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/658/pl_20.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/658/pl_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  A ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl22.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE HELIODORA COM O BANDO DE DESENVOLVIMENTO DE MINAS GERAIS S/A BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_23.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_23.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANDO DO BRASIL S/A, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_25.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_26.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_26.pdf</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_ordinaria_no_27_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_ordinaria_no_27_de_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de Convênio de Cooperação com o Município de São Sebastião da Bela Vista/MG e dá outras providências.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa porteira adentro e dá outras providências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl30.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl30.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei complementar nº 022/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl31.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl31.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cessão de uso de bens que especifica e dá outras providencias.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl32.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl32.pdf</t>
   </si>
   <si>
     <t>Dá denominação à espeço público que especifica, e dá outras providencias.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_33.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_33.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público que especifica, e dá outras providencias.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl34.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl34.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenções , auxílios e contribuições e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/695/pl_35.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/695/pl_35.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de valores do PPA de acordo com a PROPOSTA ORÇAMENTÁRIA de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_o_36_de_30_de_setembro_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_o_36_de_30_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da LEI MUNICIPAL nº 1928/2019 que dispõe sobre as diretrizes para a elaboração da LEI ORÇAMENTÁRIA do exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Heliodora-MG, para o exercício de 2020</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/702/ccf14102019_00000.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/702/ccf14102019_00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/703/projeto_de_lei_ordinaria_no_39_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/703/projeto_de_lei_ordinaria_no_39_de_2019.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a Prédio Público  e dá outras providências."</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/704/projeto_de_lei_ordinaria_no_40_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/704/projeto_de_lei_ordinaria_no_40_de_2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_o_41_de_05_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_o_41_de_05_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 41 que "INSTITUI PREMIAÇÃO PARA ALUNOS E PROFESSORES" e dá outras providências.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_n_o_42_de_05_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_n_o_42_de_05_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 42 que "INSTITUI PREMIAÇÃO PARA O FESTIVAL DE REDAÇÃO E DESENHOS DAS ESCOLAS E COMUNIDADES DO MUNICÍPIO DE HELIODORA,  e dá outras providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/714/plo_43_-_2019_-_projeto_de_lei_ordinaria.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/714/plo_43_-_2019_-_projeto_de_lei_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção de Defesa Civil (COMPDEC), dispõe sobre o Conselho Municipal e Defesa Civil do Município de Heliodora e dá outras providencias.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenções auxílios e contribuições e da outras providencias.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_29.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Câmara Mirim no Município de Heliodora/MG</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Francy Damasceno Magalhães, José Aluízio de Souza, Paulo Eduardo Silva Fernandes, Regis Marcelus Nunes</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTES DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>EA</t>
   </si>
@@ -844,51 +844,51 @@
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Emenda 01/2019 ao Projeto de Lei 12 de 28/03/2019._x000D_
 Protocolado na Secretaria da Câmara Municipal de Heliodora em 02/04/2019.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>Emenda 02/2019 ao Projeto de Lei 12 de 28/03/2019. Protocolado na Secretaria da Câmara Municipal de Heliodora em 02/04/2019.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>TPMD</t>
   </si>
   <si>
     <t>Termo de Posse da Mesa Diretora</t>
   </si>
   <si>
     <t>Francy Damasceno Magalhães, Aldo Aparecido Leite, José Aluízio de Souza, Marco Antônio Eleutério, Marcos Paulo Mateos Rita, Mateus Jose Beraldo, Paulo Eduardo Silva Fernandes, Regis Marcelus Nunes, Roberto Luiz dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/674/termo_de_posse.pdf_2019-paginas-1.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/674/termo_de_posse.pdf_2019-paginas-1.pdf</t>
   </si>
   <si>
     <t>Termo de Posse da MESA DIRETORA de Câmara Municipal do Estado de Minas Gerais do ano de 2019/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1195,68 +1195,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_7_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_8_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_9_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/698/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/706/projeto_de_decreto_legislativo_no_1_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/707/projeto_de_decreto_legislativo_no_2_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_decreto_legislativo_no_3_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_decreto_legislativo_no_4_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_decreto_legislativo_no_5_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/711/pdl_6_-_2019_-_projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_ordinaria_no_1_de_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl06.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_de_lei_ordinaria_no_19_de_2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/658/pl_20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_23.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_26.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_ordinaria_no_27_de_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl30.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl31.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl32.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_33.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl34.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/695/pl_35.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_o_36_de_30_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/702/ccf14102019_00000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/703/projeto_de_lei_ordinaria_no_39_de_2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/704/projeto_de_lei_ordinaria_no_40_de_2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_o_41_de_05_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_n_o_42_de_05_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/714/plo_43_-_2019_-_projeto_de_lei_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_29.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/674/termo_de_posse.pdf_2019-paginas-1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/677/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/678/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/679/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/681/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/682/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/688/indicacao_no_7_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/700/indicacao_no_8_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/701/indicacao_no_9_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/779/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/771/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/698/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/706/projeto_de_decreto_legislativo_no_1_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/707/projeto_de_decreto_legislativo_no_2_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/708/projeto_de_decreto_legislativo_no_3_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/709/projeto_de_decreto_legislativo_no_4_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_de_decreto_legislativo_no_5_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/711/pdl_6_-_2019_-_projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/637/projeto_de_lei_ordinaria_no_1_de_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl06.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_de_lei_ordinaria_no_19_de_2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/658/pl_20.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_23.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_26.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_de_lei_ordinaria_no_27_de_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl30.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl31.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl32.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_33.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl34.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/695/pl_35.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_n_o_36_de_30_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/702/ccf14102019_00000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/703/projeto_de_lei_ordinaria_no_39_de_2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/704/projeto_de_lei_ordinaria_no_40_de_2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_de_lei_n_o_41_de_05_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_de_lei_n_o_42_de_05_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/714/plo_43_-_2019_-_projeto_de_lei_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_29.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2019/674/termo_de_posse.pdf_2019-paginas-1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="200.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="237.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>