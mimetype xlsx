--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -54,538 +54,538 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Regimaira  Miranda Nunes Rodrigues, Bruno Pereira Inácio</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_001_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_001_2023.pdf</t>
   </si>
   <si>
     <t>Instalação de uma Academia ao ar livre no Bairro da Primavera, Bairro da Copasa e na Praça "Vicente Lopes Siqueira".</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_0022023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_0022023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PLAYGROUND PARQUINHO NA PRAÇA"VICENTE LOPES DE SIQUEIRA".</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Regimaira  Miranda Nunes Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_003.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_003.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PLAYGROUND NO BAIRRO DA PRIMAVERA E NO BAIRRO DA COPASA.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_0004.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_0004.pdf</t>
   </si>
   <si>
     <t>OBRAS DE PAVIMENTAÇÃO ASFÁLTICA EM FRENTE À UBS "DR. PAULO SÉRGIO PEDROSO CORREA" E NAS RUAS: JOSÉ ALVARES MACIEL, CLAUDIO MANOEL DA COSTA, TOMAZ ANTONIO GONZAGA,</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_005.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_005.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA IMAGEM DE NOSSA SENHORA APARECIDA NO BAIRRO DA VISTA VERDE".</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_06.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_06.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo, para que seja feita a distribuição de próteses dentárias aos cidadãos, desse município.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marcos Vinicius Ribeiro da Silva</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_07.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_07.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, por intermédio da Secretaria de Educação, que seja adquirido ônibus novos, modernos e seguros para o transporte universitário deste município."</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_08.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_08.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que sejam realizados campeonatos esportivos para fomentar ainda mais o esporte, desse município.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_09.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita a troca de iluminação dos bairros urbanos e rurais par led, desse município.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_10.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_10.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr. Alex Leopoldino de Lima, para que seja feita a instalação de postes de iluminação e obras de calçamento nas seguintes ruas; Arnaldo José Noronha, Honório Luiz Fernandes e Jorge Dias Chaves, desse município.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_11.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita a instalação de uma porta com detector  de metal na Escola Municipal" Bárbara Heliodora", desse município.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_12.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_12.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita obras de pavimentação na estrada " Antônio Lino dos Reis", desse município.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_13.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_13.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita distribuição gratuita de absorventes para mulheres  na farmácia municipal, desse município.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita  a manutenção na rua Geraldo Rodrigo dos Santos no Bairro Vista Verde, nesse município.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, por intermédio da Secretaria de Educação, para que seja disponibilizado um lanche para as crianças quando houver jogos em outros municípios.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_16.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita a  mudança da nomenclatura dos auxiliares de saúde  de nosso município para técnico de enfermagem.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no___17.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no___17.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Alex Leopoldino de Lima, para que seja feita a  manutenção das grades, pinturas do local e manutenção dos corrimãos do poliesportivo e a instalação de rede de proteção das arquibancadas.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal,   Sr  Nilton Fernandes Ferreira, para que promova o serviço de limpeza e iluminação no cemitério Municipal (antigo)</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no19.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no19.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira, para que  promova os reparos necessários nos bueiros e providencie a dedetização dos mesmos devido ao aparecimento de escorpiões e insetos.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_20.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_20.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira, que o segundo encontro de congadas seja realizada na Praça de São Benedito.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/imdicacao_21.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/imdicacao_21.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira, para que estude a possibilidade do Medico Ginecologista  atender 02 vezes  na semana neste município,</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_22.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira , para que seja dada a  continuidade nos projetos das casas populares com o dinheiro que  já  está no caixa da prefeitura.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao__23.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao__23.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira , para que seja  colocada uma imagem do Prefeito Alex Leopoldino de Lima (in memoriam) ao lado do letreiro na entrada da cidade.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_24.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_24.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira, para que seja feito o melhor aproveitamento dos recursos gastos na farmácia de nosso município, de modo que os remédios já fornecidos no programa farmácia popular, não sejam distribuídos na farmacinha, uma vez que as farmácias locais, já disponibilizam de forma gratuita esses remédios.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_25.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Sr Nilton Fernandes Ferreira, que seja tomada as providencias junto ao departamento competente da prefeitura municipal para que seja feita a manutenção da Rua Antônio Miguel Bacha ao lado da casa da Dona Lourdes do Pinho no Bairro Vista Verde.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_26.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_26.pdf</t>
   </si>
   <si>
     <t>A Vereadora Regimaira Miranda Nunes Rodrigues (PT) e o Vereador Bruno Inácio Pereira (PT) que subscrevem o presente, nos termos regimentais, vêm solicitar ao Chefe do Poder Executivo, para que seja feita a CONSTRUÇÃO DE CAMPO FUTEBOL NO BAIRRO DA SOBRALADA E DO BREJĀZINHO.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_27.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_27.pdf</t>
   </si>
   <si>
     <t>A Vereadora Regimaira Miranda Nunes Rodrigues (PT) e o Vereador Bruno Inácio Pereira (PT) que subscrevem o presente, nos termos regimentais, vêm solicitar ao Chefe do Poder Executivo, para que seja feita  a aquisição de mais 50 placas de tatame para o projeto social jovem samurai.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_28.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_28.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que  subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja  DADA A GRATIFICAÇÃO DE SALUBRIDADE AS VARREDEIRAS DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_29.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_29.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja  feita a prorrogação do concurso público  municipal que está em vigência por mais  02 (dois) anos.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_30.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_30.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja feita a convocação dos últimos 02 ( dois) operários que estão na lista  do concurso.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Maria da Glória Magalhães Maia</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_31.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_31.pdf</t>
   </si>
   <si>
     <t>A vereadora Maria da Glória Magalhães Maia, que subscreve o presente, nos termos regimentais. vêm  indicar ao Chefe do Poder Executivo Municipal, Sr. Nilton Fernandes Ferreira,  a construção de um posto de saúde no Bairro da Copasa, desse município.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/inndicacao_32.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/inndicacao_32.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja feito por intermédio do Corpo de Bombeiros de Pouso Alegre  o curso de brigadista, para todos os membros da Prefeitura Municipal de Heliodora que queiram participar.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_33.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_33.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja feita a  realização de curso de operador de máquinas pesadas para os motoristas da Prefeitura Municipal de Heliodora, desse município.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_34.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_34.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja feito  o rodízio dos funcionários que trabalham no caminhão de  coleta de lixo, desse município</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_34.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_34.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja  realizada as obras de calçamento na rua Sebastião Francisco Ferreira(beco) , nesse município.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Bruno Pereira Inácio, Regimaira  Miranda Nunes Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacaao_36.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacaao_36.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues(PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, para que seja realizada obras de iluminação publica junto a Rodovia da saída da cidade até o portal de entrada do município .</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_37.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_37.pdf</t>
   </si>
   <si>
     <t>A vereadora Regimaira Miranda Nunes Rodrigues (PT) e o Vereador Bruno Pereira Inácio que subscrevem o presente, nos termos regimentais. vêm solicitar ao Chefe do Poder Executivo, que seja feito o treinamento de atendimento aos autista para os profissionais da secretaria municipal de educação), desse município.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_038.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_038.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, Regimaira Miranda Nunes Rodrigues e Bruno Pereira Inácio requerem, na forma do artigo 86 do Regimento Interno, seja encaminhada a presente indicação ao Excelentíssimo Senhor Prefeito Municipal, para que realize o Recapeamento Asfáltico no Bairro da Sobralada, bem como a manutenção da Rua Santa Catarina do referido bairro.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_039.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_039.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, Regimaira Miranda Nunes Rodrigues e  Bruno Pereira Inácio requerem, na forma do artigo 86 do Regimento Interno, seja encaminhada a presente indicação ao Excelentíssimo Senhor Prefeito Municipal, para que realize a instalação de ventiladores  no salão de festas da Praça de Esportes  W NO Salão de Reuniões da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_40.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_40.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, Bruno Pereira Inácio e Regimaira Miranda Nunes Rodrigues requerem na forma do artigo 86 do Regimento Interno, seja encaminhada a_x000D_
 presente indicação ao Excelentíssimo Senhor Prefeito Municipal, que realize no município de Heliodora mutirão para castração de cães e gatos.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_41.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, Bruno Pereira Inácio e Regimaira Miranda Nunes Rodrigues requerem , na forma do artigo 86 do Regimento Interno, seja encaminhada a presente indicação ao Excelentíssimo Senhor Prefeito Municipal, que providencie a instalação de  redutores de velocidade no entorno da Praça Santa Isabel e Vicente Lopes Siqueira.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Nilton Fernandes Ferreira</t>
   </si>
   <si>
     <t>Projeto de lei complementar 011/2023 , pedindo substituição do  projeto de lei complementar 011 protocolo 093   do  dia 25/07/2023.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>Mensagem  ao Substitutivo ao projeto de lei  complementar nº011 de 27 de julho de 2023.</t>
   </si>
@@ -651,843 +651,843 @@
   <si>
     <t>Ofício nº 136/2023 de 03 de agosto de 2023.Resposta ao requerimento s/n constante no ofício nº 01/2023 dos Vereadores Bruno Pereira Inácio e Regimaira Miranda N. Rodrigues.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Venho, pelo presente, solicitar a V. Exa. que verifique a possibilidade de implementar insalubridade e periculosidade aos servidores do Município, tendo em vista as atividades que os mesmos desempenham no Município.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Paulo Eduardo Silva Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/142_-_01_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/142_-_01_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR PAULO EDUARDO SILVA FERNANDES - Fica concedido o título de cidadão honorário ao Sr. SÉRGIO LUIS NACÁCIO TEIXEIRA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>Mateus Jose Beraldo</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/143_-_02_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/143_-_02_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR MATEUS JOSSÉ BERALDO - Fica concedido o título de cidadã honorária à Sra. IRACI DE FÁTIMA _x000D_
 INÁCIO, em reconhecimento pelos bons e relevantes serviços prestados ao Município de _x000D_
 Heliodora/MG.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>Sílvio Henrique Alves</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/144_-_03_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/144_-_03_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR SILVIO HENRIQUE ALVES - Fica concedido o título de cidadã honorária à Sra. ELIZETE OGINO, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/145_-_04_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/145_-_04_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR SILVIO HENRIQUE ALVES - Fica concedido o título de cidadã honorária à Sra. IDUMÉIA DE SOUZA _x000D_
 FERNANDES RAMOS, em reconhecimento pelos bons e relevantes serviços prestados ao _x000D_
 Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>Bruno Pereira Inácio</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/146_-_05_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/146_-_05_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR BRUNO PEREIRA INÁCIO - Fica concedido o título de cidadão honorário ao Sr. JOSÉ JACKSON DOS SANTOS, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>Marco Antônio Eleutério</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/147_-_06_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/147_-_06_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR MARCO ANTÔNIO ELEUTÉRIO - Fica concedido o título de cidadão honorário ao Sr. MARCELO _x000D_
 DOS SANTOS, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/148_-_07_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/148_-_07_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADORA REGIMAIRA MIRANDA NUNES RODRIGUES - Fica concedido o título de cidadã honorária à Sra. GISELE MARIA _x000D_
 PANISSA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de _x000D_
 Heliodora/MG.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/149_-_08_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/149_-_08_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADORA REGIMAIRA MIRANDA NUNES RODRIGUES - Fica concedido o título de cidadã honorária à Sra. NÁDIA APARECIDA LOUZADA FIOCHI, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/150_-_09_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/150_-_09_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADORA REGIMAIRA MIRANDA NUNES RODRIGUES - Fica concedido o título de cidadão honorário ao Sr. BENITO JOSÉ LOUZADA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/151_-_10_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/151_-_10_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADORA MARIA DA GLÓRIA MAGALHÃES MAIA - Fica concedido o título de cidadão honorário ao Sr. ALESSANDRO _x000D_
 MONTICELI LOUZADA, em reconhecimento pelos bons e relevantes serviços _x000D_
 prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/152_-_11_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/152_-_11_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADORA REGIMAIRA MIRANDA NUNES RODRIGUES - Fica concedido o título de cidadão honorário ao Sr. PADRE ROGÉRIO AUGUSTO DA SILVA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/153_-_12_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/153_-_12_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR BRUNO PEREIRA INÁCIO - Fica concedido o título de cidadão honorário ao Sr. RONALDO JOSÉ LADEIRA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/154_-_13_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/154_-_13_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR MATEUS JOSÉ BERALDO - Fica concedido o título de cidadão honorário ao Sr. VANGERMANO RIBEIRO COSTA, em reconhecimento pelos bons e relevantes serviços prestados ao Município _x000D_
 de Heliodora/MG.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/155_-_14_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/155_-_14_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR MARCOS VINICIUS RIBEIRO DA SILVA - Fica concedido o título de cidadão honorário ao Sr. JEFSON JOSÉ PERISSINOTTO, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/157_-_15_-_proj_de_dec._leg_-_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/157_-_15_-_proj_de_dec._leg_-_2023.pdf</t>
   </si>
   <si>
     <t>VEREADOR MARCOS VINICIUS RIBEIRO DA SILVA - Fica concedido o título de cidadã honorária à Sra. SUELI MAGNANI, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>VEREADOR MARCO ANTÔNIO ELEUTÉRIO - Fica concedido o título de cidadã honorária à Sra. SÔNIA MARIA ORABONI MOTA, em reconhecimento pelos bons e relevantes serviços prestados ao Município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alex Leopoldino de Lima</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_lei_complementar_001_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_lei_complementar_001_2023.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Complementar no 049/2021 e dá outras providências."</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/plc_0022023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/plc_0022023.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Poder Executivo Municipal a alterar o valor piso salarial aos Agentes Comunitários de Saúde e Agentes de Combate a Endemias estabelecido na Lei 1927/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_003.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial do magistério e dá outras providências.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_complementar_04.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_complementar_04.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 039/2020 que institui o Vale-Alimentação no âmbito do Poder Executivo do Município de Heliodora/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/plc_005.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/plc_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do salário mínimo no Município de Heliodora-MG, e estabelece outras providências.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/plc_006.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/plc_006.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 60 de 26 de maio de 2022, a qual dispõe sobre a reestruturação do Regime Próprio de Previdência Social dos Servidores do Município de Heliodora-MG e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/plc_07.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/plc_07.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 049/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/plc_08.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/plc_08.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos das Leis Complementares nº 012/2009; 047 e 049 e dá outras providências.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/plc_09.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/plc_09.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Heliodora/ MG  a dispor sobre jornada de trabalho e efetuar complementação  para atingir o piso salarial para os profissionais de Enfermagem no âmbito do Município e da outras providências.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/plc_10.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/plc_10.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar nº 43 de 19 de março de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/plc_11.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/plc_11.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 049/2021  e dá outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_complementar_012.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_complementar_012.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei complementar  nº 049/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_complementar_013_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_complementar_013_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos adicionais de insalubridade e periculosidade à remuneração dos servidores públicos municipais é dá outras providências.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/lei_complementar_14.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/lei_complementar_14.pdf</t>
   </si>
   <si>
     <t>Altera  dispositivos da Lei Complementar nº 049/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/projeto_lei_complementar_0152023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/projeto_lei_complementar_0152023.pdf</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>PLMD</t>
   </si>
   <si>
     <t>Projeto de Lei (Mesa Diretora)</t>
   </si>
   <si>
     <t>Maria da Glória Magalhães Maia, Marcos Vinicius Ribeiro da Silva, Paulo Eduardo Silva Fernandes, Sílvio Henrique Alves</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/20_-_plmd__001.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/20_-_plmd__001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste anual dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_001_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_001_2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito _x000D_
 suplementar e dá outras providências."</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_002_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_002_2023.pdf</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_003_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_003_2023.pdf</t>
   </si>
   <si>
     <t>"Altera Lei N° 2054 de 21 de Novembro de 2022 e dá outras providências."</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_004_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_004_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a realocação de créditos orçamentários e alteração de fonte de recurso para o exercício financeiro de 2023"</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/pl_005.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/pl_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/pl_006.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/pl_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1253/08_-_pl_007.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1253/08_-_pl_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 2055 de 21 de novembro de 2022.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/13_-_pl_008.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/13_-_pl_008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito suplementar e dá outras providências".</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/14_-_pl_009.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/14_-_pl_009.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/15_-_pl_010.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/15_-_pl_010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o reajuste dos subsídios do Prefeito e Vice- prefeito e contém outras providências."</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/16_-_pl_011.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/16_-_pl_011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Reajuste dos Vencimentos Base dos Servidores Públicos Municipais, e _x000D_
 dá outras providências".</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/pl_12.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/pl_12.pdf</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/pl_13.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/pl_13.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei no 2037/2022 e dá outras providências."</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/pl_14.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/pl_14.pdf</t>
   </si>
   <si>
     <t>"Institui o programa municipal de distribuição gratuita de fraldas geriátricas e dietas especiais ou suplementos/complementos alimentar/nutricional pelo poder público municipal, para as pessoas específicas."</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/pl_15.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/pl_15.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a abertura de crédito suplementar e dá outras providências."</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei orçamentária do exercício financeiro de 2023</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/pl_18.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/pl_18.pdf</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/pl_19.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/pl_19.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuição previdenciária suplementar devidas pelo Município  ao Regime Próprio de Previdência Social-RPPS.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/projeto_20_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/projeto_20_2023.pdf</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_21_2023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_21_2023.pdf</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/projeto_de_lei_no_22.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/projeto_de_lei_no_22.pdf</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/pl23.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/pl23.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1781 que Dispõe Sobre o Plano de Concessão de transporte Gratuito aos Universitários e/ou Cursistas e dá outras providências.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/pl_024.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/pl_024.pdf</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/pl_025.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/pl_025.pdf</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/pl_26.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/pl_26.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal através da Secretaria de Governo a realizar despesas com o "Concurso de Cafés Especiais do Município de Heliodora-MG.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/pl_027.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/pl_027.pdf</t>
   </si>
   <si>
     <t>Institui, no Município de Heliodora, o "Cartão de Identificação para Pessoa com Transtorno do Espectro Autista- TEA"  e dá outras providências.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/pl_28.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/pl_28.pdf</t>
   </si>
   <si>
     <t>Altera a Lei municipal nº 2051/2022 sobre a criação da Brigada de Incêndio do Município de Heliodora/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/pl29.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/pl29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de valores do PPA de acordo com a proposta Orçamentária de 2024 e da outras providências.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/pl_30.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/pl_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 2081 que dispõe sobre as diretrizes para elaboração da Lei Orçamentária do exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/pl_31.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/pl_31.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenções, auxílios e dá outras providências.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/projeto_032_loa_2024.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/projeto_032_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Heliodora-MG, para o Exercício de 2024.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/pl_033.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/pl_033.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito especial e dá outras providências."</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/pl_034.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/pl_034.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/pl_035.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/pl_035.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de redação de lei Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/pl_036.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/pl_036.pdf</t>
   </si>
   <si>
     <t>Altera o Poder Executivo Municipal através da Secretaria Municipal de Turismo, Esporte Lazer e Cultura a realizar despesas com o "XIX Festival de Redação e Desenhos das Escolas do Município de Heliodora-MG.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/pl_037.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/pl_037.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal  Nº 1.843/2017 que dispõe  sobre cessão  de uso de imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/pl_038.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/pl_038.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Porteira Adentro no Município de Heliodora-MG e dá outras providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/projeto_039.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/projeto_039.pdf</t>
   </si>
   <si>
     <t>Autoriza a realocação de créditos orçamentários e alteração de fonte de recursos para exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/pl_040.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/pl_040.pdf</t>
   </si>
   <si>
     <t>Disciplina a participação  do Município de Heliodora/MG em Consórcio Publico-  Consórcio Intermunicipal de Saúde dos Municípios do Médio Sapucaí- CISAMESP dispensa a ratificação do Protocolo de Intenções e dá outras providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/pl_041.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/pl_041.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS e incrementa a cobrança de créditos inscritos em dívida ativa do Município de Heliodora-MG e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/projeto_de_lei_42.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/projeto_de_lei_42.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Heliodora a efetuar pagamento de contas de água e energia  elétrica p/ a Associação Comunitária Santa Isabel de Proteção aos Idosos e Portadores de Deficiência, e dá outras providências.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei (Vereador)</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/plv_0012023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/plv_0012023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do dia da MARCHA PARA JESUS no município de Heliodora e contém outras deliberações.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/plv_0022023.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/plv_0022023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A INSÍGNIA JOSÉ VIEIRA DA SILVA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/plv_003.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/plv_003.pdf</t>
   </si>
   <si>
     <t>Institui o dia mundial da conscientização do autismo e inclui no calendário oficial de eventos do município de Heliodora/MG.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/projetp_de_lei_vereador_04.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/projetp_de_lei_vereador_04.pdf</t>
   </si>
   <si>
     <t>Dá nome à Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/projeto_de_lei_vereador_05.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/projeto_de_lei_vereador_05.pdf</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/plv_06.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/plv_06.pdf</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/21_-_pr_-_001.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/21_-_pr_-_001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição dos subsídios dos Vereadores e dá outras providências".</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>requer que seja certificado que a Lei 2051 de 08 de novembro de 2022, não se encontra revogada.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/emenda_aditiva_01.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/emenda_aditiva_01.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 01 Ao Projeto de Lei nº 042/2023.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>REQP</t>
   </si>
   <si>
     <t>Requerimento / Plenário</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_001.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_001.pdf</t>
   </si>
   <si>
     <t>Requerimento 001/2023,</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_01_substitutivo_ao_pl_32-.pdf</t>
+    <t>http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_01_substitutivo_ao_pl_32-.pdf</t>
   </si>
   <si>
     <t>Projeto Substitutivo 01/2023 ao projeto 032/2023, estima a Receita e Fixa a Despesa do Município de Heliodora-MG, para o Exercício de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1794,67 +1794,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_0022023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no___17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/imdicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/inndicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacaao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/142_-_01_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/143_-_02_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/144_-_03_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/145_-_04_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/146_-_05_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/147_-_06_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/148_-_07_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/149_-_08_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/150_-_09_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/151_-_10_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/152_-_11_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/153_-_12_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/154_-_13_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/155_-_14_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/157_-_15_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_lei_complementar_001_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/plc_0022023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/plc_005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/plc_006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/plc_07.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/plc_08.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/plc_09.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/plc_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/plc_11.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_complementar_012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_complementar_013_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/lei_complementar_14.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/projeto_lei_complementar_0152023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/20_-_plmd__001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_001_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_002_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_003_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_004_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/pl_005.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/pl_006.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1253/08_-_pl_007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/13_-_pl_008.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/14_-_pl_009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/15_-_pl_010.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/16_-_pl_011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/pl_12.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/pl_13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/pl_14.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/pl_15.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/pl_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/pl_19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/projeto_20_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_21_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/projeto_de_lei_no_22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/pl23.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/pl_024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/pl_025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/pl_26.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/pl_027.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/pl_28.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/pl29.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/pl_30.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/pl_31.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/projeto_032_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/pl_033.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/pl_034.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/pl_035.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/pl_036.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/pl_037.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/pl_038.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/projeto_039.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/pl_040.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/pl_041.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/plv_0012023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/plv_0022023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/plv_003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/projetp_de_lei_vereador_04.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/projeto_de_lei_vereador_05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/plv_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/21_-_pr_-_001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/emenda_aditiva_01.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_01_substitutivo_ao_pl_32-.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/indicacao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_0022023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no___17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/imdicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/inndicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacaao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/142_-_01_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/143_-_02_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/144_-_03_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/145_-_04_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/146_-_05_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/147_-_06_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/148_-_07_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/149_-_08_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/150_-_09_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/151_-_10_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/152_-_11_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/153_-_12_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/154_-_13_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/155_-_14_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/157_-_15_-_proj_de_dec._leg_-_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/projeto_lei_complementar_001_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/plc_0022023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/plc_005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/plc_006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/plc_07.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/plc_08.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/plc_09.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/plc_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/plc_11.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_complementar_012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_complementar_013_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/lei_complementar_14.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/projeto_lei_complementar_0152023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/20_-_plmd__001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/projeto_001_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/projeto_002_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_003_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/projeto_004_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/pl_005.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/pl_006.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1253/08_-_pl_007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/13_-_pl_008.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/14_-_pl_009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/15_-_pl_010.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/16_-_pl_011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/pl_12.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/pl_13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/pl_14.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/pl_15.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/pl_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/pl_19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/projeto_20_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_21_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/projeto_de_lei_no_22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/pl23.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/pl_024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/pl_025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/pl_26.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/pl_027.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/pl_28.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/pl29.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/pl_30.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/pl_31.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/projeto_032_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/pl_033.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/pl_034.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/pl_035.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/pl_036.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/pl_037.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/pl_038.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/projeto_039.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/pl_040.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/pl_041.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/plv_0012023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/plv_0022023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/plv_003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/projetp_de_lei_vereador_04.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/projeto_de_lei_vereador_05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/plv_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/21_-_pr_-_001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/emenda_aditiva_01.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_01_substitutivo_ao_pl_32-.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="106.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>