--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1486" uniqueCount="643">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1750" uniqueCount="728">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1068,99 +1068,322 @@
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_90_regimaira.pdf</t>
   </si>
   <si>
     <t>A vereadora requer na forma de indicação ver a possibilidade de criar um conservatório na nossa cidade.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>A vereadora requer na forma de indicação ver a possibilidade  de instalação de uma academia e um parquinho atrás da igreja Matriz a fim de beneficiar também os moradores do centro da cidade.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Indicação nº 92  a fim de solicitar ao Prefeito Municipal Eduardo Cheung de Lima manutenção na rua Geraldo Damasceno Ferreira.</t>
   </si>
   <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>A fim de ver a possibilidade de instalar um redutor de velocidade na estrada Heliodora X Floresta, próximo á Residencial do Cristiano Policial.</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>A fim de ver a possibilidade de dar continuidade na pavimentação da rua José Ulisses Nunes.</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>A fim de ver a possibilidade de colocar poste de iluminação na rua José Ulisses Nunes, principalmente na altura do 59, oficina do Claudinei</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>A fim de ver a possibilidade de manutenção na rede de esgoto que estourou na Rua José Luiz Fernandes, próximo ao André Motos.</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>A vereadora solicita ao Sr. Prefeito em forma de Indicação que seja providenciada sinalização dos acessos ás comunidades rurais, com instalação de placas indicativas claras e informativas, incluindo nomes das localidades, distância e informações relevantes para facilitar o deslocamento e aprimorar a experiência dos turistas.</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>O vereador solicita ao prefeito em forma de indicação a possibilidade de aumentar o acostamento na entrada da cidade depois da placa bem vindo Heliodora em frente ao sítio do rosário.</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>O vereador solicita ao prefeito em forma de indicação a fim de solicitar a limpeza da estrada do Bairro areado, mais precisamente da ponte até a divisa com o município de Careaçu.</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>O vereador solicita ao prefeito em forma de indicação s fim de solicitar manutenção na rede de esgoto na rua Claudio Manoel da Costa com a rua Tomaz Antônio Gonzaga.</t>
+  </si>
+  <si>
     <t>1660</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/mocao_01.pdf</t>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/mocao_01_20251114_12063121.pdf</t>
   </si>
   <si>
     <t>Dispõe a moção de aplauso e reconhecimento ao Senhor José Elias Filho</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_02.pdf</t>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_0220251114_12074061.pdf</t>
   </si>
   <si>
     <t>Dispõe a Moção de aplausos e reconhecimento ao senhor Geraldo Egídio Cândido.</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/mocao_0320251114_12081809.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe a Moção de aplausos e reconhecimento ao Senhor Marcos Henrique da Silva</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Oficio n°  004/2025  requer documentação referente  aos projetos de leis 005, 008, 010/2025.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>Eduardo Cheung de Lima</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/oficio_no_265_encaminhamento_de_leis.pdf</t>
   </si>
   <si>
     <t>Ofício nº 265/2025 enviado pela prefeitura com o encaminhamento de Leis devidamente sancionadas, promulgadas e publicadas. _x000D_
 Leis Nsº 2.170, 2.171, 2.172 e 2.173 de 30 de outubro de 2025.</t>
   </si>
   <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de titulo honorário</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/decreto_legislativo_no_0220251114_10543342.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário.</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/decreto_legislativo_no_0320251114_10555074.pdf</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/decreto_legislativo_no_0420251114_10573081.pdf</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/decreto_legislativo_no_0520251114_11000531.pdf</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/decreto_legislativo_no_0620251114_11005469.pdf</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/decreto_legislativo_no_0720251114_11020854.pdf</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/decreto_legislativo_no_0820251114_11030777.pdf</t>
+  </si>
+  <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/decreto_legislativo_no_0920251114_11035988.pdf</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/decreto_legislativo_no_1020251114_11050064.pdf</t>
+  </si>
+  <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/decreto_legislativo_no_1120251114_11055549.pdf</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/decreto_legislativo_no_1220251114_11064454.pdf</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/decreto_legislativo_no_1320251114_11073661.pdf</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/decreto_legislativo_no_1420251114_11085078.pdf</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/decreto_legislativo_no_1520251114_11095336.pdf</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/decreto_legislativo_no_1620251114_11104424.pdf</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>Wendel  Antunes Cassemiro Rita Cirilo, Izabely Christina Louzada Borges</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/decreto_legislativo_no_1720251114_11112938.pdf</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/decreto_legislativo_no_1820251114_11122092.pdf</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/decreto_legislativo_no_1920251114_11131178.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário._x000D_
+protocolo 268</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/decreto_legislativo_no_20.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre título de cidadão honorário.</t>
+  </si>
+  <si>
     <t>1473</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/projeto_lei_complementar_01_de__2025_-_nova_estrutura_administrativa_6-paginas-excluidas_1.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre reestruturação administrativa do Município de Heliodora, MG, e estabelece outras providências."</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/projeto_de_lei_complementar_02_de_2025_-_novo_plano_de_cargos__06_de_janeiro-.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do plano de cargos e vencimentos do Município de Heliodora e estabelece outras providências."</t>
   </si>
   <si>
     <t>1527</t>
@@ -1174,62 +1397,68 @@
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/projeto_de_lei_complementar_n_004_de_05_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>Projeto de lei complementar N° 004 de 05 de junho de 2025. "Altera a lei Complementar n° 53/2024 que Regulamenta o Cemitério Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/projeto_de_lei_complementar_n_05_de_30_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Complementar nº 091/2025 e da outras providencias."</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/projeto_de_lei_complementar_06_de_03_de_julho_de_2025..pdf</t>
   </si>
   <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_no_07_de_14_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera e revoga dispositivos da Lei Complementar nº14, de 23 de dezembro de 2009, que dispõe sobre Estatuto e Plano de Cargos, carreiras e remuneração dos profissionais da educação do magistério publico do município de Heliodora".</t>
+  </si>
+  <si>
     <t>1488</t>
   </si>
   <si>
     <t>PLMD</t>
   </si>
   <si>
     <t>Projeto de Lei (Mesa Diretora)</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_de_lei_0012025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre reajuste anual dos vencimentos dos servidores da Câmara Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1475/projeto_de_lei_001_de_06_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 2129/2024 que estima a Receita e   fixa a Despesa do Município de Heliodora/MG para o exercício de 2025".</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1476/projeto_de_lei_002_de_06_de_janeiro_de_2025.pdf</t>
@@ -1586,50 +1815,77 @@
     <t>"Dispõe sobe a abertura de crédito especial e dá outras providências."</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_no_44_de_14_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_no_45_de_14_de_outubro_de_2025..pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Heliodora-MG a participar do consórcio intermunicipal de saúde dos municípios da região dos lagos do sul de minas - CISLAGOS e dá outras providências".</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_no_46_de_14_de_outubro_de_2025..pdf</t>
   </si>
   <si>
     <t>"altera a Lei nº 2.156 9 que dispõe sobre a abertura de credito especial) e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_no_47.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Municipal Nº 2.129/2024 que "Estima a Receita e Fixa a Despesa do Município de Heliodora-MG, para o exercício de 2025".</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_no_48.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a abertura de crédito suplementar e da outras providências."</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_de_lei_no_49.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2.178/2025 que alterou a Lei Municipal nº 2.129/2024 que estima a Receita e Fixa a Despesa do Município de Heliodora-MG, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei (Vereador)</t>
   </si>
   <si>
     <t>A Vereadora Cria o  Projeto Vereador Mirim na Câmara Municipal de Heliodora.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_01_de_2025_assedio_moral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate ao assédio moral e sexual nos órgãos da Administração Pública direta, indireta e autárquica no município de Heliodora-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
@@ -2287,56 +2543,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1466/protocolo_001_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1467/protocolo_002_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1468/protocolo_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1469/protocolo_004_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1470/protocolo_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1471/protocolo_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1472/protocolo_007_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_08_izabely.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_09_izabely.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_10_izabely.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_11_izabely.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_08_wendel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_57_demetrius.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_58_demetrius.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao__64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_80_gabriel.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_82__regimaira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_83_demetrius.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_84_jose_mauro.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_85_regimaira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_86_regimaira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_87_regimaira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_88_regimaira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_89_regimaira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_90_regimaira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/oficio_no_265_encaminhamento_de_leis.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/projeto_lei_complementar_01_de__2025_-_nova_estrutura_administrativa_6-paginas-excluidas_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/projeto_de_lei_complementar_02_de_2025_-_novo_plano_de_cargos__06_de_janeiro-.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1527/projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/projeto_de_lei_complementar_n_004_de_05_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/projeto_de_lei_complementar_n_05_de_30_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/projeto_de_lei_complementar_06_de_03_de_julho_de_2025..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_de_lei_0012025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1475/projeto_de_lei_001_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1476/projeto_de_lei_002_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1477/projeto_de_lei_03_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_n_4_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_de_lei_n_5_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_n_6_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_07_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_n_8_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_n_9_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_n_10_de_23_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/projeto_de_lei_n_11_de_10_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/projeto_de_lei_n_013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/projeto_de_lei_n_016.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/ldo_-_projeto_de_lei_de_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_lei_n_019_de_15_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/projeto_de_lei_20_20250611_17031132.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/projeto_0212025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/projeto0222025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_0232025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/projeto_0242025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/projeto_de_lei_n_27_de_24_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_d_lei_28.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/projeto_de_lei_no_30.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/projeto_de_lei_n_31.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n_32.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/projeto_de_lei_n_33.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/projeto_de_lei_n_34.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/projeto_lei_36.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_n37.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/projeto_de_lei_no_38_de_29_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/projeto_de_lei_no_39_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/projeto_de_lei_no_40_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/projeto_de_lei_no_41_de_30_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_no_43_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_no_44_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_no_45_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_no_46_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_01_de_2025_assedio_moral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/projeto_de_lei_vereador_n_03.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_vereador_n_4.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/projeto_de_lei_vereador_n_06.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/projeto_de_lei_vereador_n_07.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_vereador_n_08.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/projeto_vereador_n_09.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/projeto_n_14_20250617_12373352.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_lei_n_18_de_24_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_no_19_de_16_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1489/projeto_de_resolucao_012025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1490/resolucao_n_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/projeto_de_resolucao_n03.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/projeto_de_resolucao_no_04_de_08_de_outibro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/requerimento_regimaira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_001_wendel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/veto_001_ao_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/veto_002_ao_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/veto_003_ao_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/emenda_aditiva_n_01.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/emenda_aditiva__n_01_20250617_12435223.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/emenda_modificativa_n_01_20250617_12420783.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/parecer_n_01_de_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1466/protocolo_001_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1467/protocolo_002_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1468/protocolo_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1469/protocolo_004_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1470/protocolo_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1471/protocolo_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1472/protocolo_007_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_08_izabely.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_09_izabely.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_10_izabely.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_11_izabely.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_08_wendel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_57_demetrius.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_58_demetrius.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao__64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_80_gabriel.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_82__regimaira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_83_demetrius.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_84_jose_mauro.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_85_regimaira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_86_regimaira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_87_regimaira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_88_regimaira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_89_regimaira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_90_regimaira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/mocao_01_20251114_12063121.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_0220251114_12074061.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/mocao_0320251114_12081809.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/oficio_no_265_encaminhamento_de_leis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/decreto_legislativo_no_0220251114_10543342.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/decreto_legislativo_no_0320251114_10555074.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/decreto_legislativo_no_0420251114_10573081.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/decreto_legislativo_no_0520251114_11000531.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/decreto_legislativo_no_0620251114_11005469.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/decreto_legislativo_no_0720251114_11020854.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/decreto_legislativo_no_0820251114_11030777.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/decreto_legislativo_no_0920251114_11035988.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/decreto_legislativo_no_1020251114_11050064.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/decreto_legislativo_no_1120251114_11055549.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/decreto_legislativo_no_1220251114_11064454.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/decreto_legislativo_no_1320251114_11073661.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/decreto_legislativo_no_1420251114_11085078.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/decreto_legislativo_no_1520251114_11095336.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/decreto_legislativo_no_1620251114_11104424.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/decreto_legislativo_no_1720251114_11112938.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/decreto_legislativo_no_1820251114_11122092.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/decreto_legislativo_no_1920251114_11131178.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/decreto_legislativo_no_20.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/projeto_lei_complementar_01_de__2025_-_nova_estrutura_administrativa_6-paginas-excluidas_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/projeto_de_lei_complementar_02_de_2025_-_novo_plano_de_cargos__06_de_janeiro-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1527/projeto_de_lei_complementar_003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/projeto_de_lei_complementar_n_004_de_05_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/projeto_de_lei_complementar_n_05_de_30_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/projeto_de_lei_complementar_06_de_03_de_julho_de_2025..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_no_07_de_14_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1488/projeto_de_lei_0012025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1475/projeto_de_lei_001_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1476/projeto_de_lei_002_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1477/projeto_de_lei_03_de_06_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_n_4_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_de_lei_n_5_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/projeto_de_lei_n_6_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/projeto_de_lei_07_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/projeto_de_lei_n_8_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/projeto_de_lei_n_9_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_n_10_de_23_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/projeto_de_lei_n_11_de_10_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/projeto_de_lei_n_013.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/projeto_de_lei_n_016.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/ldo_-_projeto_de_lei_de_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/projeto_de_lei_n_019_de_15_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/projeto_de_lei_20_20250611_17031132.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/projeto_0212025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/projeto0222025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_0232025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/projeto_0242025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/projeto_de_lei_n_27_de_24_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_d_lei_28.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/projeto_de_lei_no_30.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/projeto_de_lei_n_31.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_de_lei_n_32.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/projeto_de_lei_n_33.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/projeto_de_lei_n_34.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/projeto_lei_36.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_n37.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/projeto_de_lei_no_38_de_29_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/projeto_de_lei_no_39_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/projeto_de_lei_no_40_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/projeto_de_lei_no_41_de_30_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_de_lei_no_43_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_de_lei_no_44_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/projeto_de_lei_no_45_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/projeto_de_lei_no_46_de_14_de_outubro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_no_47.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_no_48.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_de_lei_no_49.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_01_de_2025_assedio_moral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/projeto_de_lei_vereador_n_03.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_vereador_n_4.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/projeto_de_lei_vereador_n_06.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/projeto_de_lei_vereador_n_07.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_vereador_n_08.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/projeto_vereador_n_09.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/projeto_n_14_20250617_12373352.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_de_lei_n_18_de_24_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_de_lei_no_19_de_16_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1489/projeto_de_resolucao_012025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1490/resolucao_n_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/projeto_de_resolucao_n03.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/projeto_de_resolucao_no_04_de_08_de_outibro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/requerimento_regimaira.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_001_wendel.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/veto_001_ao_projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/veto_002_ao_projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/veto_003_ao_projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/emenda_aditiva_n_01.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/emenda_aditiva__n_01_20250617_12435223.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/emenda_modificativa_n_01_20250617_12420783.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.heliodora.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/parecer_n_01_de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H186"/>
+  <dimension ref="A1:H219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="103.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4707,2478 +4963,3336 @@
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>122</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H92" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>353</v>
       </c>
       <c r="D93" t="s">
-        <v>353</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>60</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H93" t="s">
         <v>354</v>
-      </c>
-[...7 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>355</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>356</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>60</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H94" t="s">
         <v>357</v>
-      </c>
-[...19 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>25</v>
+        <v>359</v>
       </c>
       <c r="D95" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H95" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>29</v>
+        <v>362</v>
       </c>
       <c r="D96" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>365</v>
+        <v>60</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>366</v>
+        <v>144</v>
       </c>
       <c r="H96" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>365</v>
       </c>
       <c r="D97" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>370</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>371</v>
+        <v>144</v>
       </c>
       <c r="H97" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>17</v>
+        <v>368</v>
       </c>
       <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>122</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H98" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>21</v>
+        <v>371</v>
       </c>
       <c r="D99" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>370</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>365</v>
+        <v>122</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>377</v>
+        <v>144</v>
       </c>
       <c r="H99" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>25</v>
+        <v>374</v>
       </c>
       <c r="D100" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>370</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>365</v>
+        <v>122</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>380</v>
+        <v>144</v>
       </c>
       <c r="H100" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="E101" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F101" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="H101" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D102" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="E102" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F102" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="H102" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D103" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="E103" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="F103" t="s">
-        <v>390</v>
+        <v>117</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="H103" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D104" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="E104" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="F104" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>396</v>
+        <v>144</v>
       </c>
       <c r="H104" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D105" t="s">
+        <v>388</v>
+      </c>
+      <c r="E105" t="s">
+        <v>389</v>
+      </c>
+      <c r="F105" t="s">
+        <v>392</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H105" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E106" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F106" t="s">
-        <v>365</v>
+        <v>398</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>402</v>
+        <v>144</v>
       </c>
       <c r="H106" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E107" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F107" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="H107" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E108" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F108" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="H108" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D109" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E109" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F109" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="H109" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D110" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E110" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F110" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="H110" t="s">
-        <v>415</v>
+        <v>402</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D111" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E111" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F111" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="H111" t="s">
-        <v>418</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D112" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E112" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F112" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="H112" t="s">
-        <v>421</v>
+        <v>402</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D113" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E113" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F113" t="s">
-        <v>365</v>
+        <v>60</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="H113" t="s">
-        <v>418</v>
+        <v>402</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D114" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E114" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F114" t="s">
-        <v>365</v>
+        <v>164</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="H114" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D115" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E115" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F115" t="s">
-        <v>365</v>
+        <v>60</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="H115" t="s">
-        <v>429</v>
+        <v>402</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D116" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E116" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F116" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="H116" t="s">
-        <v>432</v>
+        <v>402</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D117" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E117" t="s">
-        <v>395</v>
+        <v>397</v>
+      </c>
+      <c r="F117" t="s">
+        <v>164</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>144</v>
+        <v>422</v>
       </c>
       <c r="H117" t="s">
-        <v>434</v>
+        <v>402</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D118" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E118" t="s">
-        <v>395</v>
+        <v>397</v>
+      </c>
+      <c r="F118" t="s">
+        <v>131</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
       <c r="H118" t="s">
-        <v>436</v>
+        <v>402</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D119" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E119" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F119" t="s">
-        <v>365</v>
+        <v>131</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="H119" t="s">
-        <v>439</v>
+        <v>402</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D120" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E120" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F120" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="H120" t="s">
-        <v>442</v>
+        <v>402</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="D121" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E121" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F121" t="s">
-        <v>365</v>
+        <v>148</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
       <c r="H121" t="s">
-        <v>445</v>
+        <v>402</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>431</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D122" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E122" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F122" t="s">
-        <v>365</v>
+        <v>432</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="H122" t="s">
-        <v>448</v>
+        <v>402</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>449</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D123" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E123" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F123" t="s">
-        <v>365</v>
+        <v>122</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>450</v>
+        <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>451</v>
+        <v>402</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>452</v>
+        <v>436</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D124" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E124" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F124" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
       <c r="H124" t="s">
-        <v>454</v>
+        <v>438</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D125" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E125" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F125" t="s">
-        <v>365</v>
+        <v>51</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="H125" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>457</v>
+        <v>442</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>104</v>
+        <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E126" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F126" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>458</v>
+        <v>445</v>
       </c>
       <c r="H126" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="D127" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E127" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F127" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="H127" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="D128" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E128" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F128" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="H128" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>116</v>
+        <v>25</v>
       </c>
       <c r="D129" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E129" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F129" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="H129" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="D130" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E130" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F130" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="H130" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="D131" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E131" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F131" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="H131" t="s">
-        <v>473</v>
+        <v>452</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>130</v>
+        <v>37</v>
       </c>
       <c r="D132" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="E132" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="F132" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>475</v>
+        <v>462</v>
       </c>
       <c r="H132" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
       <c r="D133" t="s">
-        <v>394</v>
+        <v>465</v>
       </c>
       <c r="E133" t="s">
-        <v>395</v>
+        <v>466</v>
       </c>
       <c r="F133" t="s">
-        <v>365</v>
+        <v>398</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="H133" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>139</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E134" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F134" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="H134" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>143</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E135" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F135" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="H135" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>147</v>
+        <v>21</v>
       </c>
       <c r="D136" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E136" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F136" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="H136" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D137" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E137" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F137" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="H137" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="D138" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E138" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F138" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="H138" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>157</v>
+        <v>33</v>
       </c>
       <c r="D139" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E139" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F139" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="H139" t="s">
-        <v>454</v>
+        <v>488</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
       <c r="D140" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E140" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F140" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="H140" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>163</v>
+        <v>41</v>
       </c>
       <c r="D141" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E141" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F141" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="H141" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>167</v>
+        <v>46</v>
       </c>
       <c r="D142" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E142" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F142" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="H142" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>170</v>
+        <v>50</v>
       </c>
       <c r="D143" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E143" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F143" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="H143" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>173</v>
+        <v>55</v>
       </c>
       <c r="D144" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E144" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F144" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="H144" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>176</v>
+        <v>59</v>
       </c>
       <c r="D145" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E145" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F145" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="H145" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>179</v>
+        <v>64</v>
       </c>
       <c r="D146" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E146" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F146" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="H146" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
       <c r="D147" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E147" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>471</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>518</v>
+        <v>144</v>
       </c>
       <c r="H147" t="s">
-        <v>418</v>
+        <v>510</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="D148" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E148" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>471</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>520</v>
+        <v>144</v>
       </c>
       <c r="H148" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>188</v>
+        <v>76</v>
       </c>
       <c r="D149" t="s">
-        <v>394</v>
+        <v>470</v>
       </c>
       <c r="E149" t="s">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="F149" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="H149" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D150" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E150" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F150" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>144</v>
+        <v>517</v>
       </c>
       <c r="H150" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="D151" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E151" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="H151" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="D152" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E152" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F152" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="H152" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="D153" t="s">
+        <v>470</v>
+      </c>
+      <c r="E153" t="s">
+        <v>471</v>
+      </c>
+      <c r="F153" t="s">
+        <v>392</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="E153" t="s">
+      <c r="H153" t="s">
         <v>527</v>
-      </c>
-[...7 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="D154" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E154" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F154" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="H154" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="D155" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E155" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>542</v>
+        <v>532</v>
       </c>
       <c r="H155" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="D156" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E156" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="H156" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="D157" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E157" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="H157" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>550</v>
+        <v>538</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="D158" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E158" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>551</v>
+        <v>539</v>
       </c>
       <c r="H158" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="D159" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E159" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>144</v>
+        <v>542</v>
       </c>
       <c r="H159" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D160" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E160" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>144</v>
+        <v>545</v>
       </c>
       <c r="H160" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>59</v>
+        <v>126</v>
       </c>
       <c r="D161" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E161" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>144</v>
+        <v>548</v>
       </c>
       <c r="H161" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="D162" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E162" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>144</v>
+        <v>551</v>
       </c>
       <c r="H162" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="D163" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E163" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="H163" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="D164" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E164" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>144</v>
+        <v>556</v>
       </c>
       <c r="H164" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
       <c r="D165" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E165" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>144</v>
+        <v>559</v>
       </c>
       <c r="H165" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>80</v>
+        <v>147</v>
       </c>
       <c r="D166" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E166" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>144</v>
+        <v>562</v>
       </c>
       <c r="H166" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>84</v>
+        <v>151</v>
       </c>
       <c r="D167" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E167" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F167" t="s">
-        <v>60</v>
+        <v>392</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="H167" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>88</v>
+        <v>154</v>
       </c>
       <c r="D168" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="E168" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="F168" t="s">
-        <v>60</v>
+        <v>392</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="H168" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="D169" t="s">
-        <v>577</v>
+        <v>470</v>
       </c>
       <c r="E169" t="s">
-        <v>578</v>
+        <v>471</v>
       </c>
       <c r="F169" t="s">
-        <v>579</v>
+        <v>392</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="H169" t="s">
-        <v>581</v>
+        <v>530</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="D170" t="s">
-        <v>577</v>
+        <v>470</v>
       </c>
       <c r="E170" t="s">
-        <v>578</v>
+        <v>471</v>
       </c>
       <c r="F170" t="s">
-        <v>579</v>
+        <v>392</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="H170" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="D171" t="s">
+        <v>470</v>
+      </c>
+      <c r="E171" t="s">
+        <v>471</v>
+      </c>
+      <c r="F171" t="s">
+        <v>392</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H171" t="s">
         <v>577</v>
-      </c>
-[...10 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="D172" t="s">
-        <v>577</v>
+        <v>470</v>
       </c>
       <c r="E172" t="s">
-        <v>578</v>
+        <v>471</v>
       </c>
       <c r="F172" t="s">
-        <v>241</v>
+        <v>392</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="H172" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="D173" t="s">
-        <v>592</v>
+        <v>470</v>
       </c>
       <c r="E173" t="s">
-        <v>593</v>
+        <v>471</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="H173" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D174" t="s">
-        <v>597</v>
+        <v>470</v>
       </c>
       <c r="E174" t="s">
-        <v>598</v>
+        <v>471</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>599</v>
+        <v>585</v>
       </c>
       <c r="H174" t="s">
-        <v>600</v>
+        <v>586</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="D175" t="s">
-        <v>597</v>
+        <v>470</v>
       </c>
       <c r="E175" t="s">
-        <v>598</v>
+        <v>471</v>
       </c>
       <c r="F175" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>602</v>
+        <v>588</v>
       </c>
       <c r="H175" t="s">
-        <v>603</v>
+        <v>589</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
       <c r="D176" t="s">
-        <v>597</v>
+        <v>470</v>
       </c>
       <c r="E176" t="s">
-        <v>598</v>
+        <v>471</v>
       </c>
       <c r="F176" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="H176" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="D177" t="s">
-        <v>608</v>
+        <v>470</v>
       </c>
       <c r="E177" t="s">
-        <v>609</v>
+        <v>471</v>
       </c>
       <c r="F177" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>610</v>
+        <v>594</v>
       </c>
       <c r="H177" t="s">
-        <v>611</v>
+        <v>494</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>612</v>
+        <v>595</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="D178" t="s">
-        <v>608</v>
+        <v>470</v>
       </c>
       <c r="E178" t="s">
-        <v>609</v>
+        <v>471</v>
       </c>
       <c r="F178" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="H178" t="s">
-        <v>614</v>
+        <v>597</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>615</v>
+        <v>598</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="D179" t="s">
-        <v>608</v>
+        <v>470</v>
       </c>
       <c r="E179" t="s">
-        <v>609</v>
+        <v>471</v>
       </c>
       <c r="F179" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>616</v>
+        <v>599</v>
       </c>
       <c r="H179" t="s">
-        <v>617</v>
+        <v>600</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>191</v>
       </c>
       <c r="D180" t="s">
-        <v>619</v>
+        <v>470</v>
       </c>
       <c r="E180" t="s">
-        <v>620</v>
+        <v>471</v>
       </c>
       <c r="F180" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>621</v>
+        <v>602</v>
       </c>
       <c r="H180" t="s">
-        <v>622</v>
+        <v>603</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>623</v>
+        <v>604</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>17</v>
+        <v>194</v>
       </c>
       <c r="D181" t="s">
-        <v>619</v>
+        <v>470</v>
       </c>
       <c r="E181" t="s">
-        <v>620</v>
+        <v>471</v>
       </c>
       <c r="F181" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>144</v>
+        <v>605</v>
       </c>
       <c r="H181" t="s">
-        <v>624</v>
+        <v>606</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>625</v>
+        <v>607</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="D182" t="s">
-        <v>619</v>
+        <v>470</v>
       </c>
       <c r="E182" t="s">
-        <v>620</v>
+        <v>471</v>
       </c>
       <c r="F182" t="s">
-        <v>60</v>
+        <v>392</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>626</v>
+        <v>608</v>
       </c>
       <c r="H182" t="s">
-        <v>627</v>
+        <v>609</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>628</v>
+        <v>610</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="E183" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H183" t="s">
-        <v>629</v>
+        <v>613</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>630</v>
+        <v>614</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D184" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="E184" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="F184" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>144</v>
+        <v>615</v>
       </c>
       <c r="H184" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>634</v>
+        <v>617</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D185" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="E185" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="F185" t="s">
         <v>117</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>635</v>
+        <v>618</v>
       </c>
       <c r="H185" t="s">
-        <v>636</v>
+        <v>619</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>620</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>25</v>
+      </c>
+      <c r="D186" t="s">
+        <v>611</v>
+      </c>
+      <c r="E186" t="s">
+        <v>612</v>
+      </c>
+      <c r="F186" t="s">
+        <v>117</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H186" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>623</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>29</v>
+      </c>
+      <c r="D187" t="s">
+        <v>611</v>
+      </c>
+      <c r="E187" t="s">
+        <v>612</v>
+      </c>
+      <c r="F187" t="s">
+        <v>117</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H187" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>626</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>33</v>
+      </c>
+      <c r="D188" t="s">
+        <v>611</v>
+      </c>
+      <c r="E188" t="s">
+        <v>612</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H188" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>629</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>37</v>
+      </c>
+      <c r="D189" t="s">
+        <v>611</v>
+      </c>
+      <c r="E189" t="s">
+        <v>612</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H189" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>632</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>41</v>
+      </c>
+      <c r="D190" t="s">
+        <v>611</v>
+      </c>
+      <c r="E190" t="s">
+        <v>612</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H190" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>635</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>46</v>
+      </c>
+      <c r="D191" t="s">
+        <v>611</v>
+      </c>
+      <c r="E191" t="s">
+        <v>612</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H191" t="s">
         <v>637</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>638</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>50</v>
+      </c>
+      <c r="D192" t="s">
+        <v>611</v>
+      </c>
+      <c r="E192" t="s">
+        <v>612</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H192" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>640</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>55</v>
+      </c>
+      <c r="D193" t="s">
+        <v>611</v>
+      </c>
+      <c r="E193" t="s">
+        <v>612</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H193" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>642</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>59</v>
+      </c>
+      <c r="D194" t="s">
+        <v>611</v>
+      </c>
+      <c r="E194" t="s">
+        <v>612</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H194" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>644</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>64</v>
+      </c>
+      <c r="D195" t="s">
+        <v>611</v>
+      </c>
+      <c r="E195" t="s">
+        <v>612</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H195" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>646</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>68</v>
+      </c>
+      <c r="D196" t="s">
+        <v>611</v>
+      </c>
+      <c r="E196" t="s">
+        <v>612</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H196" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>649</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>72</v>
+      </c>
+      <c r="D197" t="s">
+        <v>611</v>
+      </c>
+      <c r="E197" t="s">
+        <v>612</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H197" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>651</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>76</v>
+      </c>
+      <c r="D198" t="s">
+        <v>611</v>
+      </c>
+      <c r="E198" t="s">
+        <v>612</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H198" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>653</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>80</v>
+      </c>
+      <c r="D199" t="s">
+        <v>611</v>
+      </c>
+      <c r="E199" t="s">
+        <v>612</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H199" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>655</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>84</v>
+      </c>
+      <c r="D200" t="s">
+        <v>611</v>
+      </c>
+      <c r="E200" t="s">
+        <v>612</v>
+      </c>
+      <c r="F200" t="s">
+        <v>60</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H200" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>658</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>88</v>
+      </c>
+      <c r="D201" t="s">
+        <v>611</v>
+      </c>
+      <c r="E201" t="s">
+        <v>612</v>
+      </c>
+      <c r="F201" t="s">
+        <v>60</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H201" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>661</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
         <v>10</v>
       </c>
-      <c r="D186" t="s">
-[...12 lines deleted...]
-        <v>642</v>
+      <c r="D202" t="s">
+        <v>662</v>
+      </c>
+      <c r="E202" t="s">
+        <v>663</v>
+      </c>
+      <c r="F202" t="s">
+        <v>664</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H202" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>667</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" t="s">
+        <v>662</v>
+      </c>
+      <c r="E203" t="s">
+        <v>663</v>
+      </c>
+      <c r="F203" t="s">
+        <v>664</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H203" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>670</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>21</v>
+      </c>
+      <c r="D204" t="s">
+        <v>662</v>
+      </c>
+      <c r="E204" t="s">
+        <v>663</v>
+      </c>
+      <c r="F204" t="s">
+        <v>241</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H204" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>673</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>25</v>
+      </c>
+      <c r="D205" t="s">
+        <v>662</v>
+      </c>
+      <c r="E205" t="s">
+        <v>663</v>
+      </c>
+      <c r="F205" t="s">
+        <v>241</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H205" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>676</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" t="s">
+        <v>677</v>
+      </c>
+      <c r="E206" t="s">
+        <v>678</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H206" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>681</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>682</v>
+      </c>
+      <c r="E207" t="s">
+        <v>683</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H207" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>686</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>17</v>
+      </c>
+      <c r="D208" t="s">
+        <v>682</v>
+      </c>
+      <c r="E208" t="s">
+        <v>683</v>
+      </c>
+      <c r="F208" t="s">
+        <v>117</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H208" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>689</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>21</v>
+      </c>
+      <c r="D209" t="s">
+        <v>682</v>
+      </c>
+      <c r="E209" t="s">
+        <v>683</v>
+      </c>
+      <c r="F209" t="s">
+        <v>117</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H209" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>692</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>10</v>
+      </c>
+      <c r="D210" t="s">
+        <v>693</v>
+      </c>
+      <c r="E210" t="s">
+        <v>694</v>
+      </c>
+      <c r="F210" t="s">
+        <v>392</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H210" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>697</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>17</v>
+      </c>
+      <c r="D211" t="s">
+        <v>693</v>
+      </c>
+      <c r="E211" t="s">
+        <v>694</v>
+      </c>
+      <c r="F211" t="s">
+        <v>392</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H211" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>700</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>21</v>
+      </c>
+      <c r="D212" t="s">
+        <v>693</v>
+      </c>
+      <c r="E212" t="s">
+        <v>694</v>
+      </c>
+      <c r="F212" t="s">
+        <v>392</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H212" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>703</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>10</v>
+      </c>
+      <c r="D213" t="s">
+        <v>704</v>
+      </c>
+      <c r="E213" t="s">
+        <v>705</v>
+      </c>
+      <c r="F213" t="s">
+        <v>392</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H213" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>708</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>17</v>
+      </c>
+      <c r="D214" t="s">
+        <v>704</v>
+      </c>
+      <c r="E214" t="s">
+        <v>705</v>
+      </c>
+      <c r="F214" t="s">
+        <v>117</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H214" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>710</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>21</v>
+      </c>
+      <c r="D215" t="s">
+        <v>704</v>
+      </c>
+      <c r="E215" t="s">
+        <v>705</v>
+      </c>
+      <c r="F215" t="s">
+        <v>60</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H215" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>713</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>25</v>
+      </c>
+      <c r="D216" t="s">
+        <v>704</v>
+      </c>
+      <c r="E216" t="s">
+        <v>705</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H216" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>715</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>10</v>
+      </c>
+      <c r="D217" t="s">
+        <v>716</v>
+      </c>
+      <c r="E217" t="s">
+        <v>717</v>
+      </c>
+      <c r="F217" t="s">
+        <v>117</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H217" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>719</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>17</v>
+      </c>
+      <c r="D218" t="s">
+        <v>716</v>
+      </c>
+      <c r="E218" t="s">
+        <v>717</v>
+      </c>
+      <c r="F218" t="s">
+        <v>117</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H218" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>722</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>10</v>
+      </c>
+      <c r="D219" t="s">
+        <v>723</v>
+      </c>
+      <c r="E219" t="s">
+        <v>724</v>
+      </c>
+      <c r="F219" t="s">
+        <v>725</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H219" t="s">
+        <v>727</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7324,50 +8438,83 @@
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>